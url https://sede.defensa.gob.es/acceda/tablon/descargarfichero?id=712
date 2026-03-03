--- v0 (2025-10-05)
+++ v1 (2026-03-03)
@@ -1,690 +1,592 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="153222"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Grupos\ESTATUTARIOS\OFERTA DE EMPLEO PUBLICO\OEP ACTIVAS\INTERINOS OEP 2021\autorizacion FP\DEFINITIVOS APROBADOS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\gvivar\Desktop\Estatutario\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8C3E6D06-6A35-47DB-A42D-33A7DB4B99C0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12435"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13176" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="152511"/>
+  <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Hoja1!$A$1:$K$62</definedName>
+  </definedNames>
+  <calcPr calcId="191029" iterateDelta="1E-4"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I53" i="1" l="1"/>
-[...17 lines deleted...]
-  <c r="I28" i="1"/>
+  <c r="I44" i="1" l="1"/>
+  <c r="K48" i="1" s="1"/>
+  <c r="I33" i="1"/>
   <c r="I25" i="1"/>
-  <c r="I22" i="1"/>
+  <c r="I23" i="1"/>
+  <c r="I21" i="1"/>
   <c r="I19" i="1"/>
-  <c r="I16" i="1"/>
-[...5 lines deleted...]
-  <c r="K115" i="1" s="1"/>
+  <c r="I17" i="1"/>
+  <c r="K28" i="1" l="1"/>
+  <c r="K39" i="1" l="1"/>
+  <c r="K52" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="79">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="50">
   <si>
     <t>DNI</t>
   </si>
   <si>
-    <t xml:space="preserve"> </t>
-[...5 lines deleted...]
-    <t>1. EXPERIENCIA PROFESIONAL</t>
+    <t>Meses</t>
+  </si>
+  <si>
+    <t>X</t>
+  </si>
+  <si>
+    <t>=</t>
+  </si>
+  <si>
+    <t>máximo 100</t>
+  </si>
+  <si>
+    <t>TOTAL BAREMO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">En </t>
+  </si>
+  <si>
+    <t>a</t>
+  </si>
+  <si>
+    <t>de</t>
+  </si>
+  <si>
+    <t>Firma:</t>
+  </si>
+  <si>
+    <t>CALLE</t>
+  </si>
+  <si>
+    <t>APELLIDOS</t>
+  </si>
+  <si>
+    <t>NOMBRE</t>
+  </si>
+  <si>
+    <t>POBLACIÓN</t>
+  </si>
+  <si>
+    <t>C.P:</t>
+  </si>
+  <si>
+    <t>TELF. MÓVIL:</t>
+  </si>
+  <si>
+    <t>máximo 20</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>SELECCIÓN COMPLEMENTARIA DE PERSONAL ESTATUTARIO TEMPORAL PARA CUBRIR NECESIDADES AÑO 2025/2026</t>
   </si>
   <si>
     <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
       <t xml:space="preserve">a) </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
-        <color indexed="8"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Servicios prestados en la misma categoría y especialidad solicitada </t>
+      <t>Diplomas o certificados de cursos cuyo contenido se encuentre relacionado directamente con la categoría a la que se opta</t>
     </r>
   </si>
   <si>
-    <t>Meses</t>
-[...8 lines deleted...]
-    <t>=</t>
+    <t>máximo 50</t>
+  </si>
+  <si>
+    <t>máximo 30</t>
+  </si>
+  <si>
+    <t>CORREO ELECTRONICO</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">b) </t>
+      <t>cuando estén organizados por el Ministerio de Defensa, o por la entidades recogidas en el Anexo I,</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
-        <color indexed="8"/>
+        <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Servicios prestados en la misma categoría y especialidad solicitada</t>
+      <t xml:space="preserve"> certificados debidamente.</t>
     </r>
   </si>
   <si>
+    <t>IMPRESO DE AUTOBAREMACIÓN GRUPOS C1 C2 Y E</t>
+  </si>
+  <si>
+    <t>CATEGORÍA/ESPECIALIDAD</t>
+  </si>
+  <si>
+    <t>GRUPO</t>
+  </si>
+  <si>
+    <t>a)</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">c) </t>
+      <t xml:space="preserve">Experiencia en la </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
-        <color indexed="8"/>
+        <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Servicios prestados en la misma categoría y especialidad solicitada</t>
-[...11 lines deleted...]
-      <t>d)</t>
+      <t>Red Sanitaria Militar (RSM)</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
-        <color indexed="8"/>
+        <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Servicios prestados en la misma categoría y especialidad solicitada</t>
-[...14 lines deleted...]
-      <t>e)</t>
+      <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
-        <color indexed="8"/>
+        <color rgb="FF0070C0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Servicios prestados en la misma categoría y especialidad solicitada</t>
+      <t>en la misma categoría y especialidad</t>
     </r>
   </si>
   <si>
-    <t>en Red Hospitalaria Privada.</t>
+    <t>b)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Experiencia en el Sistema Nacional de Salud (SNS) y UE y ámbito sociosanitario </t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">h) </t>
+      <t xml:space="preserve">público y otras Administraciones públicas </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
-        <color indexed="8"/>
+        <color rgb="FF0070C0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Servicios prestados en distinta categoría y especialidad solicitada</t>
+      <t>en la misma categoría y especialidad</t>
     </r>
   </si>
   <si>
-    <t>2.1 Formación Académica</t>
-[...71 lines deleted...]
-    <t>en la Red Hospitalaria de la Defensa, durante período pandemia COVID.</t>
+    <t>c)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Experiencia en instituciones sanitarias privadas y en el ambito sociosanitario privado </t>
+  </si>
+  <si>
+    <t>en la misma categoría y especialidad</t>
+  </si>
+  <si>
+    <t>d)</t>
   </si>
   <si>
     <r>
-      <rPr>
-[...6 lines deleted...]
-      <t>g)</t>
+      <t xml:space="preserve">Experiencia en la </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
-        <color indexed="8"/>
+        <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Servicios prestados en distinta categoría y especialidad solicitada</t>
+      <t>Red Sanitaria Militar (RSM)</t>
     </r>
-  </si>
-[...69 lines deleted...]
-  <si>
     <r>
-      <t>f</t>
+      <rPr>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>en distinta categoría y especialidad</t>
+    </r>
+  </si>
+  <si>
+    <t>e)</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">público y otras Administraciones públicas </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>en distinta categoría y especialidad</t>
+    </r>
+  </si>
+  <si>
+    <t>1. EXPERIENCIA PROFESIONAL</t>
+  </si>
+  <si>
+    <r>
+      <t>TOTAL 1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
-        <color indexed="8"/>
+        <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>)</t>
+      <t>.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> EXPERIENCIA PROFESIONAL</t>
+    </r>
+  </si>
+  <si>
+    <t>2.1 FORMACION CONTINUA Y DOCENCIA</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">TOTAL 2.1 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>FORMACION</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>3.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> OPOSICION</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>TOTAL 3</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>. OPOSICION</t>
+    </r>
+  </si>
+  <si>
+    <t>Horas</t>
+  </si>
+  <si>
+    <t>Si bien en las bases se establecen 3,30 puntos por cada crédito CFC, equivalente a 10 horas de formación, en este autobaremo se introducirán el número de horas.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nº procesos selectivos </t>
+  </si>
+  <si>
+    <t>Haber superado en los 5 años anteriores a esta convocatoria un proceso selectivo</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">en esta misma categoría y especialidad en la fase de oposición en </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
-        <color indexed="8"/>
+        <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Servicios prestados en distinta categoría y especialidad solicitada</t>
+      <t>la Red Sanitaria Militar</t>
     </r>
-  </si>
-[...45 lines deleted...]
-    <t>TOTAL 2.1 Formación Académica  a) a d)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0;;&quot;&quot;"/>
     <numFmt numFmtId="165" formatCode="0.00;;&quot;&quot;"/>
     <numFmt numFmtId="166" formatCode="0.000"/>
   </numFmts>
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="9"/>
-[...13 lines deleted...]
-    <font>
       <b/>
       <u/>
       <sz val="10"/>
-      <color theme="1"/>
-[...4 lines deleted...]
-      <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...13 lines deleted...]
-      <b/>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
+      <b/>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="8"/>
-      <color theme="1"/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FF0070C0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="12">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...72 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
@@ -692,289 +594,583 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-      <bottom/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="75">
+  <cellXfs count="114">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...34 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...73 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
@@ -1219,1822 +1415,1961 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:N124"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:N118"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="K19" sqref="K19"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B38" sqref="B38"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="27.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="3" style="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="11.42578125" style="3"/>
+    <col min="1" max="1" width="29.44140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="27.44140625" customWidth="1"/>
+    <col min="3" max="3" width="46.5546875" customWidth="1"/>
+    <col min="4" max="4" width="58.5546875" customWidth="1"/>
+    <col min="5" max="5" width="10.5546875" customWidth="1"/>
+    <col min="6" max="6" width="2.5546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="10.5546875" customWidth="1"/>
+    <col min="8" max="8" width="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="10.5546875" customWidth="1"/>
+    <col min="10" max="10" width="3" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="9.109375" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="5.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.25">
-[...43 lines deleted...]
-      <c r="A5" s="9" t="s">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A1" s="100" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1" s="100"/>
+      <c r="C1" s="100"/>
+      <c r="D1" s="100"/>
+      <c r="E1" s="100"/>
+      <c r="F1" s="100"/>
+      <c r="G1" s="100"/>
+      <c r="H1" s="100"/>
+      <c r="I1" s="100"/>
+      <c r="J1" s="100"/>
+      <c r="K1" s="100"/>
+      <c r="L1" s="1"/>
+    </row>
+    <row r="2" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="101" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" s="101"/>
+      <c r="C2" s="101"/>
+      <c r="D2" s="101"/>
+      <c r="E2" s="101"/>
+      <c r="F2" s="101"/>
+      <c r="G2" s="101"/>
+      <c r="H2" s="101"/>
+      <c r="I2" s="101"/>
+      <c r="J2" s="101"/>
+      <c r="K2" s="101"/>
+      <c r="L2" s="1"/>
+    </row>
+    <row r="3" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="48"/>
+      <c r="B3" s="48"/>
+      <c r="C3" s="48"/>
+      <c r="D3" s="48"/>
+      <c r="E3" s="48"/>
+      <c r="F3" s="48"/>
+      <c r="G3" s="48"/>
+      <c r="H3" s="48"/>
+      <c r="I3" s="48"/>
+      <c r="J3" s="48"/>
+      <c r="K3" s="48"/>
+      <c r="L3" s="1"/>
+    </row>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="49" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" s="112"/>
+      <c r="C4" s="112"/>
+      <c r="D4" s="112"/>
+      <c r="E4" s="112"/>
+      <c r="F4" s="112"/>
+      <c r="G4" s="112"/>
+      <c r="H4" s="112"/>
+      <c r="I4" s="112"/>
+      <c r="J4" s="112"/>
+      <c r="K4" s="112"/>
+    </row>
+    <row r="5" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="50" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" s="111"/>
+      <c r="C5" s="111"/>
+      <c r="D5" s="111"/>
+      <c r="E5" s="111"/>
+      <c r="F5" s="111"/>
+      <c r="G5" s="111"/>
+      <c r="H5" s="111"/>
+      <c r="I5" s="111"/>
+      <c r="J5" s="111"/>
+      <c r="K5" s="111"/>
+    </row>
+    <row r="6" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="51" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="10"/>
-[...6 lines deleted...]
-      <c r="I5" s="9" t="s">
+      <c r="B6" s="111"/>
+      <c r="C6" s="111"/>
+      <c r="D6" s="111"/>
+      <c r="E6" s="111"/>
+      <c r="F6" s="111"/>
+      <c r="G6" s="111"/>
+      <c r="H6" s="111"/>
+      <c r="I6" s="111"/>
+      <c r="J6" s="111"/>
+      <c r="K6" s="111"/>
+      <c r="L6" s="1"/>
+    </row>
+    <row r="7" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="67" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="102"/>
+      <c r="C7" s="103"/>
+      <c r="D7" s="103"/>
+      <c r="E7" s="103"/>
+      <c r="F7" s="103"/>
+      <c r="G7" s="103"/>
+      <c r="H7" s="104"/>
+      <c r="I7" s="67" t="s">
+        <v>26</v>
+      </c>
+      <c r="J7" s="102"/>
+      <c r="K7" s="104"/>
+      <c r="L7" s="1"/>
+    </row>
+    <row r="8" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="111"/>
+      <c r="C8" s="111"/>
+      <c r="D8" s="111"/>
+      <c r="E8" s="111"/>
+      <c r="F8" s="111"/>
+      <c r="G8" s="111"/>
+      <c r="H8" s="111"/>
+      <c r="I8" s="111"/>
+      <c r="J8" s="111"/>
+      <c r="K8" s="111"/>
+      <c r="L8" s="1"/>
+    </row>
+    <row r="9" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="51" t="s">
+        <v>13</v>
+      </c>
+      <c r="B9" s="111"/>
+      <c r="C9" s="111"/>
+      <c r="D9" s="111"/>
+      <c r="E9" s="111"/>
+      <c r="F9" s="111"/>
+      <c r="G9" s="111"/>
+      <c r="H9" s="111"/>
+      <c r="I9" s="111"/>
+      <c r="J9" s="111"/>
+      <c r="K9" s="111"/>
+      <c r="L9" s="1"/>
+    </row>
+    <row r="10" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="51" t="s">
+        <v>14</v>
+      </c>
+      <c r="B10" s="111"/>
+      <c r="C10" s="111"/>
+      <c r="D10" s="111"/>
+      <c r="E10" s="111"/>
+      <c r="F10" s="111"/>
+      <c r="G10" s="111"/>
+      <c r="H10" s="111"/>
+      <c r="I10" s="111"/>
+      <c r="J10" s="111"/>
+      <c r="K10" s="111"/>
+      <c r="L10" s="1"/>
+    </row>
+    <row r="11" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="52" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" s="112"/>
+      <c r="C11" s="112"/>
+      <c r="D11" s="112"/>
+      <c r="E11" s="112"/>
+      <c r="F11" s="112"/>
+      <c r="G11" s="112"/>
+      <c r="H11" s="112"/>
+      <c r="I11" s="112"/>
+      <c r="J11" s="112"/>
+      <c r="K11" s="112"/>
+      <c r="L11" s="1"/>
+    </row>
+    <row r="12" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="66" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" s="113"/>
+      <c r="C12" s="113"/>
+      <c r="D12" s="113"/>
+      <c r="E12" s="113"/>
+      <c r="F12" s="113"/>
+      <c r="G12" s="113"/>
+      <c r="H12" s="113"/>
+      <c r="I12" s="113"/>
+      <c r="J12" s="113"/>
+      <c r="K12" s="113"/>
+      <c r="L12" s="1"/>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A13" s="35"/>
+      <c r="B13" s="35"/>
+      <c r="C13" s="35"/>
+      <c r="D13" s="35"/>
+      <c r="E13" s="35"/>
+      <c r="F13" s="35"/>
+      <c r="G13" s="35"/>
+      <c r="H13" s="35"/>
+      <c r="I13" s="35"/>
+      <c r="J13" s="35"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="1"/>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A14" s="82" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" s="40"/>
+      <c r="C14" s="40"/>
+      <c r="D14" s="40"/>
+      <c r="E14" s="40"/>
+      <c r="F14" s="41"/>
+      <c r="G14" s="41"/>
+      <c r="H14" s="40"/>
+      <c r="I14" s="42"/>
+      <c r="J14" s="43"/>
+      <c r="K14" s="42"/>
+      <c r="L14" s="1"/>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A15" s="59"/>
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="12"/>
+      <c r="E15" s="12"/>
+      <c r="F15" s="10"/>
+      <c r="G15" s="10"/>
+      <c r="H15" s="12"/>
+      <c r="I15" s="60"/>
+      <c r="J15" s="61"/>
+      <c r="K15" s="60"/>
+      <c r="L15" s="1"/>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A16" s="1"/>
+      <c r="C16" s="8"/>
+      <c r="D16" s="8"/>
+      <c r="E16" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="J5" s="10"/>
-[...3 lines deleted...]
-      <c r="A6" s="12" t="s">
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="3"/>
+      <c r="J16" s="3"/>
+      <c r="K16" s="3"/>
+      <c r="L16" s="1"/>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A17" s="68" t="s">
+        <v>27</v>
+      </c>
+      <c r="B17" s="69" t="s">
+        <v>28</v>
+      </c>
+      <c r="C17" s="70"/>
+      <c r="D17" s="70"/>
+      <c r="E17" s="71"/>
+      <c r="F17" s="72" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="13"/>
-[...11 lines deleted...]
-      <c r="A7" s="18" t="s">
+      <c r="G17" s="73">
+        <v>0.6</v>
+      </c>
+      <c r="H17" s="69" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="18"/>
-[...29 lines deleted...]
-      <c r="A11" s="23" t="s">
+      <c r="I17" s="74">
+        <f>IF(E17*G17&gt;50,50,G17*E17)</f>
+        <v>0</v>
+      </c>
+      <c r="J17" s="75"/>
+      <c r="K17" s="76"/>
+      <c r="L17" s="1"/>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A18" s="68" t="s">
+        <v>29</v>
+      </c>
+      <c r="B18" s="69" t="s">
+        <v>30</v>
+      </c>
+      <c r="C18" s="70"/>
+      <c r="D18" s="70"/>
+      <c r="E18" s="72" t="s">
+        <v>1</v>
+      </c>
+      <c r="F18" s="72"/>
+      <c r="G18" s="77"/>
+      <c r="H18" s="72"/>
+      <c r="I18" s="73"/>
+      <c r="J18" s="76"/>
+      <c r="K18" s="76"/>
+      <c r="L18" s="1"/>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A19" s="68"/>
+      <c r="B19" s="69" t="s">
+        <v>31</v>
+      </c>
+      <c r="C19" s="70"/>
+      <c r="D19" s="70"/>
+      <c r="E19" s="71"/>
+      <c r="F19" s="72" t="s">
+        <v>2</v>
+      </c>
+      <c r="G19" s="73">
+        <v>0.45</v>
+      </c>
+      <c r="H19" s="69" t="s">
+        <v>3</v>
+      </c>
+      <c r="I19" s="74">
+        <f>IF(E19*G19&gt;50,50,G19*E19)</f>
+        <v>0</v>
+      </c>
+      <c r="J19" s="75"/>
+      <c r="K19" s="76"/>
+      <c r="L19" s="1"/>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A20" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="B20" s="69" t="s">
+        <v>33</v>
+      </c>
+      <c r="C20" s="69"/>
+      <c r="D20" s="69"/>
+      <c r="E20" s="72" t="s">
+        <v>1</v>
+      </c>
+      <c r="F20" s="72"/>
+      <c r="G20" s="78"/>
+      <c r="H20" s="69"/>
+      <c r="I20" s="73"/>
+      <c r="J20" s="75"/>
+      <c r="K20" s="76"/>
+      <c r="L20" s="1"/>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="B21" s="79" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="70"/>
+      <c r="D21" s="70"/>
+      <c r="E21" s="71"/>
+      <c r="F21" s="72" t="s">
+        <v>2</v>
+      </c>
+      <c r="G21" s="73">
+        <v>0.15</v>
+      </c>
+      <c r="H21" s="69" t="s">
+        <v>3</v>
+      </c>
+      <c r="I21" s="74">
+        <f>IF(E21*G21&gt;30,30,G21*E21)</f>
+        <v>0</v>
+      </c>
+      <c r="J21" s="76"/>
+      <c r="K21" s="76"/>
+      <c r="L21" s="1"/>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A22" s="69"/>
+      <c r="B22" s="80"/>
+      <c r="C22" s="69"/>
+      <c r="D22" s="70"/>
+      <c r="E22" s="72" t="s">
+        <v>1</v>
+      </c>
+      <c r="F22" s="72"/>
+      <c r="G22" s="77"/>
+      <c r="H22" s="72"/>
+      <c r="I22" s="73"/>
+      <c r="J22" s="76"/>
+      <c r="K22" s="76"/>
+      <c r="L22" s="1"/>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A23" s="68" t="s">
+        <v>35</v>
+      </c>
+      <c r="B23" s="69" t="s">
+        <v>36</v>
+      </c>
+      <c r="C23" s="69"/>
+      <c r="D23" s="70"/>
+      <c r="E23" s="71"/>
+      <c r="F23" s="72" t="s">
+        <v>2</v>
+      </c>
+      <c r="G23" s="73">
+        <v>0.1</v>
+      </c>
+      <c r="H23" s="69" t="s">
+        <v>3</v>
+      </c>
+      <c r="I23" s="74">
+        <f>IF(E23*G23&gt;12,12,G23*E23)</f>
+        <v>0</v>
+      </c>
+      <c r="J23" s="76"/>
+      <c r="K23" s="76"/>
+      <c r="L23" s="1"/>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A24" s="68" t="s">
+        <v>37</v>
+      </c>
+      <c r="B24" s="69" t="s">
+        <v>30</v>
+      </c>
+      <c r="C24" s="69"/>
+      <c r="D24" s="70"/>
+      <c r="E24" s="72" t="s">
+        <v>1</v>
+      </c>
+      <c r="F24" s="72"/>
+      <c r="G24" s="77"/>
+      <c r="H24" s="72"/>
+      <c r="I24" s="73"/>
+      <c r="J24" s="76"/>
+      <c r="K24" s="76"/>
+      <c r="L24" s="1"/>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A25" s="69"/>
+      <c r="B25" s="69" t="s">
+        <v>38</v>
+      </c>
+      <c r="C25" s="69"/>
+      <c r="D25" s="70"/>
+      <c r="E25" s="71"/>
+      <c r="F25" s="72" t="s">
+        <v>2</v>
+      </c>
+      <c r="G25" s="73">
+        <v>0.05</v>
+      </c>
+      <c r="H25" s="69" t="s">
+        <v>3</v>
+      </c>
+      <c r="I25" s="74">
+        <f>IF(E25*G25&gt;12,12,G25*E25)</f>
+        <v>0</v>
+      </c>
+      <c r="J25" s="76"/>
+      <c r="K25" s="76"/>
+      <c r="L25" s="1"/>
+    </row>
+    <row r="26" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="69"/>
+      <c r="B26" s="69"/>
+      <c r="C26" s="70"/>
+      <c r="D26" s="70"/>
+      <c r="E26" s="81"/>
+      <c r="F26" s="72"/>
+      <c r="G26" s="77"/>
+      <c r="H26" s="69"/>
+      <c r="I26" s="73"/>
+      <c r="J26" s="75"/>
+      <c r="K26" s="76"/>
+      <c r="L26" s="1"/>
+    </row>
+    <row r="27" spans="1:12" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="69"/>
+      <c r="B27" s="69"/>
+      <c r="C27" s="69"/>
+      <c r="D27" s="69"/>
+      <c r="E27" s="69"/>
+      <c r="F27" s="105" t="s">
+        <v>40</v>
+      </c>
+      <c r="G27" s="106"/>
+      <c r="H27" s="106"/>
+      <c r="I27" s="106"/>
+      <c r="J27" s="107"/>
+      <c r="K27" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="L27" s="1"/>
+    </row>
+    <row r="28" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="69"/>
+      <c r="B28" s="69"/>
+      <c r="C28" s="69"/>
+      <c r="D28" s="69"/>
+      <c r="E28" s="69"/>
+      <c r="F28" s="108"/>
+      <c r="G28" s="109"/>
+      <c r="H28" s="109"/>
+      <c r="I28" s="109"/>
+      <c r="J28" s="110"/>
+      <c r="K28" s="34">
+        <f>MIN(50,(SUM(I17+I19+I21+I23+I25)))</f>
+        <v>0</v>
+      </c>
+      <c r="L28" s="1"/>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A29" s="1"/>
+      <c r="B29" s="1"/>
+      <c r="C29" s="1"/>
+      <c r="D29" s="1"/>
+      <c r="E29" s="1"/>
+      <c r="F29" s="53"/>
+      <c r="G29" s="53"/>
+      <c r="H29" s="53"/>
+      <c r="I29" s="53"/>
+      <c r="J29" s="53"/>
+      <c r="K29" s="30"/>
+      <c r="L29" s="1"/>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A30" s="58" t="s">
+        <v>41</v>
+      </c>
+      <c r="B30" s="40"/>
+      <c r="C30" s="40"/>
+      <c r="D30" s="40"/>
+      <c r="E30" s="40"/>
+      <c r="F30" s="41"/>
+      <c r="G30" s="41"/>
+      <c r="H30" s="40"/>
+      <c r="I30" s="42"/>
+      <c r="J30" s="43"/>
+      <c r="K30" s="42"/>
+      <c r="L30" s="1"/>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A31" s="59"/>
+      <c r="B31" s="12"/>
+      <c r="C31" s="12"/>
+      <c r="D31" s="12"/>
+      <c r="E31" s="12"/>
+      <c r="F31" s="10"/>
+      <c r="G31" s="10"/>
+      <c r="H31" s="12"/>
+      <c r="I31" s="60"/>
+      <c r="J31" s="61"/>
+      <c r="K31" s="60"/>
+      <c r="L31" s="1"/>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A32" s="1"/>
+      <c r="B32" s="1"/>
+      <c r="C32" s="8"/>
+      <c r="D32" s="8"/>
+      <c r="E32" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F32" s="8"/>
+      <c r="G32" s="8"/>
+      <c r="H32" s="8"/>
+      <c r="I32" s="2"/>
+      <c r="J32" s="2"/>
+      <c r="K32" s="3"/>
+      <c r="L32" s="1"/>
+    </row>
+    <row r="33" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A33" s="28"/>
+      <c r="B33" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C33" s="8"/>
+      <c r="D33" s="8"/>
+      <c r="E33" s="9"/>
+      <c r="F33" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="G33" s="47">
+        <v>0.33</v>
+      </c>
+      <c r="H33" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="I33" s="83">
+        <f>MIN(30,G33*E33)</f>
+        <v>0</v>
+      </c>
+      <c r="J33" s="4"/>
+      <c r="K33" s="3"/>
+      <c r="L33" s="1"/>
+    </row>
+    <row r="34" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A34" s="1"/>
+      <c r="B34" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="C34" s="8"/>
+      <c r="D34" s="8"/>
+      <c r="E34" s="10"/>
+      <c r="F34" s="54"/>
+      <c r="G34" s="54"/>
+      <c r="H34" s="54"/>
+      <c r="I34" s="10"/>
+      <c r="J34" s="4"/>
+      <c r="K34" s="3"/>
+      <c r="L34" s="1"/>
+    </row>
+    <row r="35" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A35" s="28"/>
+      <c r="B35" s="70" t="s">
+        <v>46</v>
+      </c>
+      <c r="C35" s="8"/>
+      <c r="D35" s="8"/>
+      <c r="E35" s="32"/>
+      <c r="F35" s="10"/>
+      <c r="G35" s="14"/>
+      <c r="H35" s="12"/>
+      <c r="I35" s="65"/>
+      <c r="J35" s="4"/>
+      <c r="K35" s="3"/>
+      <c r="L35" s="1"/>
+    </row>
+    <row r="36" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A36" s="1"/>
+      <c r="B36" s="8"/>
+      <c r="C36" s="8"/>
+      <c r="D36" s="8"/>
+      <c r="E36" s="10"/>
+      <c r="F36" s="54"/>
+      <c r="G36" s="54"/>
+      <c r="H36" s="54"/>
+      <c r="I36" s="10"/>
+      <c r="J36" s="4"/>
+      <c r="K36" s="3"/>
+      <c r="L36" s="1"/>
+    </row>
+    <row r="37" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="1"/>
+      <c r="B37" s="31"/>
+      <c r="C37" s="8"/>
+      <c r="D37" s="8"/>
+      <c r="E37" s="8"/>
+      <c r="F37" s="8"/>
+      <c r="G37" s="11"/>
+      <c r="H37" s="12"/>
+      <c r="I37" s="14"/>
+      <c r="J37" s="7"/>
+      <c r="K37" s="6"/>
+      <c r="L37" s="1"/>
+    </row>
+    <row r="38" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A38" s="1"/>
+      <c r="B38" s="7"/>
+      <c r="C38" s="7"/>
+      <c r="D38" s="7"/>
+      <c r="E38" s="7"/>
+      <c r="F38" s="95" t="s">
+        <v>42</v>
+      </c>
+      <c r="G38" s="96"/>
+      <c r="H38" s="96"/>
+      <c r="I38" s="96"/>
+      <c r="J38" s="96"/>
+      <c r="K38" s="57" t="s">
+        <v>21</v>
+      </c>
+      <c r="L38" s="7"/>
+      <c r="M38" s="6"/>
+      <c r="N38" s="1"/>
+    </row>
+    <row r="39" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="1"/>
+      <c r="B39" s="7"/>
+      <c r="C39" s="7"/>
+      <c r="D39" s="7"/>
+      <c r="E39" s="7"/>
+      <c r="F39" s="97"/>
+      <c r="G39" s="98"/>
+      <c r="H39" s="98"/>
+      <c r="I39" s="98"/>
+      <c r="J39" s="98"/>
+      <c r="K39" s="56">
+        <f>MIN(30,I33)</f>
+        <v>0</v>
+      </c>
+      <c r="L39" s="7"/>
+      <c r="M39" s="6"/>
+      <c r="N39" s="1"/>
+    </row>
+    <row r="40" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A40" s="1"/>
+      <c r="B40" s="7"/>
+      <c r="C40" s="7"/>
+      <c r="D40" s="7"/>
+      <c r="E40" s="16"/>
+      <c r="F40" s="62"/>
+      <c r="G40" s="62"/>
+      <c r="H40" s="62"/>
+      <c r="I40" s="62"/>
+      <c r="J40" s="62"/>
+      <c r="K40" s="30"/>
+      <c r="L40" s="16"/>
+      <c r="M40" s="6"/>
+      <c r="N40" s="1"/>
+    </row>
+    <row r="41" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A41" s="58" t="s">
+        <v>43</v>
+      </c>
+      <c r="B41" s="36"/>
+      <c r="C41" s="37"/>
+      <c r="D41" s="37"/>
+      <c r="E41" s="38"/>
+      <c r="F41" s="38"/>
+      <c r="G41" s="39"/>
+      <c r="H41" s="37"/>
+      <c r="I41" s="13"/>
+      <c r="J41" s="37"/>
+      <c r="K41" s="38"/>
+      <c r="L41" s="1"/>
+    </row>
+    <row r="42" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A42" s="54"/>
+      <c r="B42" s="18"/>
+      <c r="C42" s="16"/>
+      <c r="D42" s="16"/>
+      <c r="E42" s="17"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="55"/>
+      <c r="H42" s="16"/>
+      <c r="I42" s="14"/>
+      <c r="J42" s="16"/>
+      <c r="K42" s="17"/>
+      <c r="L42" s="1"/>
+    </row>
+    <row r="43" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="B43" s="99" t="s">
+        <v>48</v>
+      </c>
+      <c r="C43" s="99"/>
+      <c r="D43" s="70"/>
+      <c r="E43" s="72" t="s">
+        <v>47</v>
+      </c>
+      <c r="F43" s="72"/>
+      <c r="G43" s="72"/>
+      <c r="H43" s="72"/>
+      <c r="I43" s="72"/>
+      <c r="J43" s="75"/>
+      <c r="K43" s="76"/>
+      <c r="L43" s="1"/>
+    </row>
+    <row r="44" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="1"/>
+      <c r="B44" s="99" t="s">
+        <v>49</v>
+      </c>
+      <c r="C44" s="99"/>
+      <c r="D44" s="70"/>
+      <c r="E44" s="71"/>
+      <c r="F44" s="72" t="s">
+        <v>2</v>
+      </c>
+      <c r="G44" s="77">
+        <v>10</v>
+      </c>
+      <c r="H44" s="69" t="s">
+        <v>3</v>
+      </c>
+      <c r="I44" s="83">
+        <f>MIN(20,G44*E44)</f>
+        <v>0</v>
+      </c>
+      <c r="J44" s="72"/>
+      <c r="K44" s="84"/>
+      <c r="L44" s="1"/>
+    </row>
+    <row r="45" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A45" s="1"/>
+      <c r="B45" s="85"/>
+      <c r="C45" s="70"/>
+      <c r="D45" s="70"/>
+      <c r="E45" s="86"/>
+      <c r="F45" s="70"/>
+      <c r="G45" s="77"/>
+      <c r="H45" s="69"/>
+      <c r="I45" s="73"/>
+      <c r="J45" s="87"/>
+      <c r="K45" s="84"/>
+      <c r="L45" s="1"/>
+    </row>
+    <row r="46" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="1"/>
+      <c r="B46" s="70"/>
+      <c r="C46" s="70"/>
+      <c r="D46" s="70"/>
+      <c r="E46" s="70"/>
+      <c r="F46" s="72"/>
+      <c r="G46" s="77"/>
+      <c r="H46" s="69"/>
+      <c r="I46" s="73"/>
+      <c r="J46" s="72"/>
+      <c r="K46" s="84"/>
+      <c r="L46" s="1"/>
+    </row>
+    <row r="47" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A47" s="1"/>
+      <c r="B47" s="70"/>
+      <c r="C47" s="70"/>
+      <c r="D47" s="70"/>
+      <c r="E47" s="70"/>
+      <c r="F47" s="95" t="s">
+        <v>44</v>
+      </c>
+      <c r="G47" s="96"/>
+      <c r="H47" s="96"/>
+      <c r="I47" s="96"/>
+      <c r="J47" s="96"/>
+      <c r="K47" s="57" t="s">
+        <v>16</v>
+      </c>
+      <c r="L47" s="4"/>
+      <c r="M47" s="3"/>
+      <c r="N47" s="1"/>
+    </row>
+    <row r="48" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="1"/>
+      <c r="B48" s="75"/>
+      <c r="C48" s="75"/>
+      <c r="D48" s="75"/>
+      <c r="E48" s="75"/>
+      <c r="F48" s="97"/>
+      <c r="G48" s="98"/>
+      <c r="H48" s="98"/>
+      <c r="I48" s="98"/>
+      <c r="J48" s="98"/>
+      <c r="K48" s="56">
+        <f>MIN(20,I44)</f>
+        <v>0</v>
+      </c>
+      <c r="L48" s="4"/>
+      <c r="M48" s="3"/>
+      <c r="N48" s="1"/>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A49" s="1"/>
+      <c r="B49" s="16"/>
+      <c r="C49" s="1"/>
+      <c r="D49" s="1"/>
+      <c r="E49" s="1"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="1"/>
+      <c r="H49" s="1"/>
+      <c r="I49" s="6"/>
+      <c r="J49" s="7"/>
+      <c r="K49" s="6"/>
+      <c r="L49" s="1"/>
+    </row>
+    <row r="50" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="1"/>
+      <c r="B50" s="7"/>
+      <c r="C50" s="7"/>
+      <c r="D50" s="7"/>
+      <c r="E50" s="6"/>
+      <c r="F50" s="6"/>
+      <c r="G50" s="6"/>
+      <c r="H50" s="7"/>
+      <c r="I50" s="6"/>
+      <c r="J50" s="4"/>
+      <c r="K50" s="3"/>
+      <c r="L50" s="1"/>
+    </row>
+    <row r="51" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="19"/>
+      <c r="B51" s="20"/>
+      <c r="C51" s="20"/>
+      <c r="D51" s="20"/>
+      <c r="E51" s="89" t="s">
+        <v>5</v>
+      </c>
+      <c r="F51" s="90"/>
+      <c r="G51" s="90"/>
+      <c r="H51" s="90"/>
+      <c r="I51" s="90"/>
+      <c r="J51" s="91"/>
+      <c r="K51" s="44" t="s">
         <v>4</v>
       </c>
-      <c r="E11" s="1"/>
-[...7 lines deleted...]
-      <c r="E12" s="6" t="s">
+      <c r="L51" s="1"/>
+    </row>
+    <row r="52" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="1"/>
+      <c r="B52" s="1"/>
+      <c r="C52" s="1"/>
+      <c r="D52" s="1"/>
+      <c r="E52" s="92"/>
+      <c r="F52" s="93"/>
+      <c r="G52" s="93"/>
+      <c r="H52" s="93"/>
+      <c r="I52" s="93"/>
+      <c r="J52" s="94"/>
+      <c r="K52" s="45">
+        <f>MIN(100,SUM(K48+K39+K28))</f>
+        <v>0</v>
+      </c>
+      <c r="L52" s="1"/>
+    </row>
+    <row r="53" spans="1:12" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A53" s="40"/>
+      <c r="B53" s="40"/>
+      <c r="C53" s="40"/>
+      <c r="D53" s="40"/>
+      <c r="E53" s="63"/>
+      <c r="F53" s="63"/>
+      <c r="G53" s="63"/>
+      <c r="H53" s="63"/>
+      <c r="I53" s="63"/>
+      <c r="J53" s="63"/>
+      <c r="K53" s="64"/>
+      <c r="L53" s="1"/>
+    </row>
+    <row r="54" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A54" s="5"/>
+      <c r="B54" s="5"/>
+      <c r="C54" s="5"/>
+      <c r="D54" s="1"/>
+      <c r="E54" s="1"/>
+      <c r="F54" s="1"/>
+      <c r="G54" s="1"/>
+      <c r="H54" s="1"/>
+      <c r="I54" s="1"/>
+      <c r="J54" s="4"/>
+      <c r="K54" s="3"/>
+      <c r="L54" s="1"/>
+    </row>
+    <row r="55" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A55" s="21"/>
+      <c r="B55" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="H12" s="6"/>
-[...4 lines deleted...]
-      <c r="B13" s="1" t="s">
+      <c r="C55" s="46"/>
+      <c r="D55" s="23" t="s">
         <v>7</v>
       </c>
-      <c r="C13" s="24"/>
-[...2 lines deleted...]
-      <c r="F13" s="27" t="s">
+      <c r="E55" s="24"/>
+      <c r="F55" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="G13" s="28">
-[...2 lines deleted...]
-      <c r="H13" s="29" t="s">
+      <c r="G55" s="88"/>
+      <c r="H55" s="88"/>
+      <c r="I55" s="88"/>
+      <c r="J55" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="K55" s="27"/>
+      <c r="L55" s="1"/>
+    </row>
+    <row r="56" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A56" s="21"/>
+      <c r="B56" s="1"/>
+      <c r="C56" s="1"/>
+      <c r="D56" s="1"/>
+      <c r="E56" s="2"/>
+      <c r="F56" s="2"/>
+      <c r="G56" s="2"/>
+      <c r="H56" s="1"/>
+      <c r="I56" s="3"/>
+      <c r="J56" s="4"/>
+      <c r="K56" s="3"/>
+      <c r="L56" s="1"/>
+    </row>
+    <row r="57" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A57" s="21"/>
+      <c r="B57" s="1"/>
+      <c r="C57" s="1"/>
+      <c r="D57" s="1"/>
+      <c r="E57" s="2"/>
+      <c r="F57" s="2"/>
+      <c r="G57" s="2"/>
+      <c r="H57" s="1"/>
+      <c r="I57" s="3"/>
+      <c r="J57" s="4"/>
+      <c r="K57" s="3"/>
+      <c r="L57" s="1"/>
+    </row>
+    <row r="58" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A58" s="21"/>
+      <c r="B58" s="1"/>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
+      <c r="H58" s="1"/>
+      <c r="I58" s="3"/>
+      <c r="J58" s="4"/>
+      <c r="K58" s="3"/>
+      <c r="L58" s="1"/>
+    </row>
+    <row r="59" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A59" s="21"/>
+      <c r="B59" s="1"/>
+      <c r="C59" s="1"/>
+      <c r="D59" s="1"/>
+      <c r="E59" s="2"/>
+      <c r="F59" s="2"/>
+      <c r="G59" s="2"/>
+      <c r="H59" s="1"/>
+      <c r="I59" s="3"/>
+      <c r="J59" s="4"/>
+      <c r="K59" s="3"/>
+      <c r="L59" s="1"/>
+    </row>
+    <row r="60" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A60" s="21"/>
+      <c r="B60" s="1"/>
+      <c r="C60" s="1"/>
+      <c r="D60" s="1"/>
+      <c r="E60" s="2"/>
+      <c r="F60" s="2"/>
+      <c r="G60" s="2"/>
+      <c r="H60" s="1"/>
+      <c r="I60" s="3"/>
+      <c r="J60" s="4"/>
+      <c r="K60" s="3"/>
+      <c r="L60" s="1"/>
+    </row>
+    <row r="61" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A61" s="21"/>
+      <c r="B61" s="1"/>
+      <c r="C61" s="1"/>
+      <c r="D61" s="1"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="1"/>
+      <c r="I61" s="3"/>
+      <c r="J61" s="4"/>
+      <c r="K61" s="3"/>
+      <c r="L61" s="1"/>
+    </row>
+    <row r="62" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A62" s="1"/>
+      <c r="B62" s="28" t="s">
         <v>9</v>
       </c>
-      <c r="I13" s="30">
-[...1583 lines deleted...]
-      <c r="K124" s="72"/>
+      <c r="C62" s="29"/>
+      <c r="D62" s="29"/>
+      <c r="E62" s="29"/>
+      <c r="F62" s="29"/>
+      <c r="G62" s="29"/>
+      <c r="H62" s="29"/>
+      <c r="I62" s="29"/>
+      <c r="J62" s="29"/>
+      <c r="K62" s="29"/>
+      <c r="L62" s="1"/>
+    </row>
+    <row r="63" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A63" s="1"/>
+      <c r="B63" s="1"/>
+      <c r="C63" s="1"/>
+      <c r="D63" s="1"/>
+      <c r="E63" s="2"/>
+      <c r="F63" s="2"/>
+      <c r="G63" s="2"/>
+      <c r="H63" s="1"/>
+      <c r="I63" s="3"/>
+      <c r="J63" s="4"/>
+      <c r="K63" s="3"/>
+      <c r="L63" s="1"/>
+    </row>
+    <row r="64" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A64" s="1"/>
+      <c r="B64" s="1"/>
+      <c r="C64" s="1"/>
+      <c r="D64" s="1"/>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+      <c r="H64" s="1"/>
+      <c r="I64" s="3"/>
+      <c r="J64" s="4"/>
+      <c r="K64" s="3"/>
+      <c r="L64" s="1"/>
+    </row>
+    <row r="65" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A65" s="1"/>
+      <c r="B65" s="1"/>
+      <c r="C65" s="1"/>
+      <c r="D65" s="1"/>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="1"/>
+      <c r="I65" s="3"/>
+      <c r="J65" s="4"/>
+      <c r="K65" s="3"/>
+      <c r="L65" s="1"/>
+    </row>
+    <row r="66" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A66" s="1"/>
+      <c r="B66" s="1"/>
+      <c r="C66" s="1"/>
+      <c r="D66" s="1"/>
+      <c r="E66" s="2"/>
+      <c r="F66" s="2"/>
+      <c r="G66" s="2"/>
+      <c r="H66" s="1"/>
+      <c r="I66" s="3"/>
+      <c r="J66" s="4"/>
+      <c r="K66" s="3"/>
+      <c r="L66" s="1"/>
+    </row>
+    <row r="67" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A67" s="1"/>
+      <c r="B67" s="1"/>
+      <c r="C67" s="1"/>
+      <c r="D67" s="1"/>
+      <c r="E67" s="2"/>
+      <c r="F67" s="2"/>
+      <c r="G67" s="2"/>
+      <c r="H67" s="1"/>
+      <c r="I67" s="3"/>
+      <c r="J67" s="4"/>
+      <c r="K67" s="3"/>
+      <c r="L67" s="1"/>
+    </row>
+    <row r="68" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A68" s="1"/>
+      <c r="B68" s="1"/>
+      <c r="C68" s="1"/>
+      <c r="D68" s="1"/>
+      <c r="E68" s="2"/>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2"/>
+      <c r="H68" s="1"/>
+      <c r="I68" s="3"/>
+      <c r="J68" s="4"/>
+      <c r="K68" s="3"/>
+      <c r="L68" s="1"/>
+    </row>
+    <row r="69" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A69" s="1"/>
+      <c r="B69" s="1"/>
+      <c r="C69" s="1"/>
+      <c r="D69" s="1"/>
+      <c r="E69" s="2"/>
+      <c r="F69" s="2"/>
+      <c r="G69" s="2"/>
+      <c r="H69" s="1"/>
+      <c r="I69" s="3"/>
+      <c r="J69" s="4"/>
+      <c r="K69" s="3"/>
+      <c r="L69" s="1"/>
+    </row>
+    <row r="70" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A70" s="1"/>
+      <c r="B70" s="1"/>
+      <c r="C70" s="1"/>
+      <c r="D70" s="1"/>
+      <c r="E70" s="2"/>
+      <c r="F70" s="2"/>
+      <c r="G70" s="2"/>
+      <c r="H70" s="1"/>
+      <c r="I70" s="3"/>
+      <c r="J70" s="4"/>
+      <c r="K70" s="3"/>
+      <c r="L70" s="1"/>
+    </row>
+    <row r="71" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A71" s="1"/>
+      <c r="B71" s="1"/>
+      <c r="C71" s="1"/>
+      <c r="D71" s="1"/>
+      <c r="E71" s="2"/>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="1"/>
+      <c r="I71" s="3"/>
+      <c r="J71" s="4"/>
+      <c r="K71" s="3"/>
+      <c r="L71" s="1"/>
+    </row>
+    <row r="72" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A72" s="1"/>
+      <c r="B72" s="1"/>
+      <c r="C72" s="1"/>
+      <c r="D72" s="1"/>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="1"/>
+      <c r="I72" s="3"/>
+      <c r="J72" s="4"/>
+      <c r="K72" s="3"/>
+      <c r="L72" s="1"/>
+    </row>
+    <row r="73" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A73" s="1"/>
+      <c r="B73" s="1"/>
+      <c r="C73" s="1"/>
+      <c r="D73" s="1"/>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2"/>
+      <c r="H73" s="1"/>
+      <c r="I73" s="3"/>
+      <c r="J73" s="4"/>
+      <c r="K73" s="3"/>
+      <c r="L73" s="1"/>
+    </row>
+    <row r="74" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A74" s="1"/>
+      <c r="B74" s="1"/>
+      <c r="C74" s="1"/>
+      <c r="D74" s="1"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="1"/>
+      <c r="I74" s="3"/>
+      <c r="J74" s="4"/>
+      <c r="K74" s="3"/>
+      <c r="L74" s="1"/>
+    </row>
+    <row r="75" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A75" s="1"/>
+      <c r="B75" s="1"/>
+      <c r="C75" s="1"/>
+      <c r="D75" s="1"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="1"/>
+      <c r="I75" s="3"/>
+      <c r="J75" s="4"/>
+      <c r="K75" s="3"/>
+      <c r="L75" s="1"/>
+    </row>
+    <row r="76" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A76" s="1"/>
+      <c r="B76" s="1"/>
+      <c r="C76" s="1"/>
+      <c r="D76" s="1"/>
+      <c r="E76" s="2"/>
+      <c r="F76" s="2"/>
+      <c r="G76" s="2"/>
+      <c r="H76" s="1"/>
+      <c r="I76" s="3"/>
+      <c r="J76" s="4"/>
+      <c r="K76" s="3"/>
+      <c r="L76" s="1"/>
+    </row>
+    <row r="77" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A77" s="1"/>
+      <c r="B77" s="1"/>
+      <c r="C77" s="1"/>
+      <c r="D77" s="1"/>
+      <c r="E77" s="2"/>
+      <c r="F77" s="2"/>
+      <c r="G77" s="2"/>
+      <c r="H77" s="1"/>
+      <c r="I77" s="3"/>
+      <c r="J77" s="4"/>
+      <c r="K77" s="3"/>
+      <c r="L77" s="1"/>
+    </row>
+    <row r="78" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A78" s="1"/>
+      <c r="B78" s="1"/>
+      <c r="C78" s="1"/>
+      <c r="D78" s="1"/>
+      <c r="E78" s="2"/>
+      <c r="F78" s="2"/>
+      <c r="G78" s="2"/>
+      <c r="H78" s="1"/>
+      <c r="I78" s="3"/>
+      <c r="J78" s="4"/>
+      <c r="K78" s="3"/>
+      <c r="L78" s="1"/>
+    </row>
+    <row r="79" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A79" s="1"/>
+      <c r="B79" s="1"/>
+      <c r="C79" s="1"/>
+      <c r="D79" s="1"/>
+      <c r="E79" s="2"/>
+      <c r="F79" s="2"/>
+      <c r="G79" s="2"/>
+      <c r="H79" s="1"/>
+      <c r="I79" s="3"/>
+      <c r="J79" s="4"/>
+      <c r="K79" s="3"/>
+      <c r="L79" s="1"/>
+    </row>
+    <row r="80" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A80" s="1"/>
+      <c r="B80" s="1"/>
+      <c r="C80" s="1"/>
+      <c r="D80" s="1"/>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2"/>
+      <c r="H80" s="1"/>
+      <c r="I80" s="3"/>
+      <c r="J80" s="4"/>
+      <c r="K80" s="3"/>
+      <c r="L80" s="1"/>
+    </row>
+    <row r="81" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A81" s="1"/>
+      <c r="B81" s="1"/>
+      <c r="C81" s="1"/>
+      <c r="D81" s="1"/>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2"/>
+      <c r="H81" s="1"/>
+      <c r="I81" s="3"/>
+      <c r="J81" s="4"/>
+      <c r="K81" s="3"/>
+      <c r="L81" s="1"/>
+    </row>
+    <row r="82" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A82" s="1"/>
+      <c r="B82" s="1"/>
+      <c r="C82" s="1"/>
+      <c r="D82" s="1"/>
+      <c r="E82" s="2"/>
+      <c r="F82" s="2"/>
+      <c r="G82" s="2"/>
+      <c r="H82" s="1"/>
+      <c r="I82" s="3"/>
+      <c r="J82" s="4"/>
+      <c r="K82" s="3"/>
+      <c r="L82" s="1"/>
+    </row>
+    <row r="83" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A83" s="1"/>
+      <c r="B83" s="1"/>
+      <c r="C83" s="1"/>
+      <c r="D83" s="1"/>
+      <c r="E83" s="2"/>
+      <c r="F83" s="2"/>
+      <c r="G83" s="2"/>
+      <c r="H83" s="1"/>
+      <c r="I83" s="3"/>
+      <c r="J83" s="4"/>
+      <c r="K83" s="3"/>
+      <c r="L83" s="1"/>
+    </row>
+    <row r="84" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A84" s="1"/>
+      <c r="B84" s="1"/>
+      <c r="C84" s="1"/>
+      <c r="D84" s="1"/>
+      <c r="E84" s="2"/>
+      <c r="F84" s="2"/>
+      <c r="G84" s="2"/>
+      <c r="H84" s="1"/>
+      <c r="I84" s="3"/>
+      <c r="J84" s="4"/>
+      <c r="K84" s="3"/>
+      <c r="L84" s="1"/>
+    </row>
+    <row r="85" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A85" s="1"/>
+      <c r="B85" s="1"/>
+      <c r="C85" s="1"/>
+      <c r="D85" s="1"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="1"/>
+      <c r="I85" s="3"/>
+      <c r="J85" s="4"/>
+      <c r="K85" s="3"/>
+      <c r="L85" s="1"/>
+    </row>
+    <row r="86" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A86" s="1"/>
+      <c r="B86" s="1"/>
+      <c r="C86" s="1"/>
+      <c r="D86" s="1"/>
+      <c r="E86" s="2"/>
+      <c r="F86" s="2"/>
+      <c r="G86" s="2"/>
+      <c r="H86" s="1"/>
+      <c r="I86" s="3"/>
+      <c r="J86" s="4"/>
+      <c r="K86" s="3"/>
+      <c r="L86" s="1"/>
+    </row>
+    <row r="87" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A87" s="1"/>
+      <c r="B87" s="1"/>
+      <c r="C87" s="1"/>
+      <c r="D87" s="1"/>
+      <c r="E87" s="2"/>
+      <c r="F87" s="2"/>
+      <c r="G87" s="2"/>
+      <c r="H87" s="1"/>
+      <c r="I87" s="3"/>
+      <c r="J87" s="4"/>
+      <c r="K87" s="3"/>
+      <c r="L87" s="1"/>
+    </row>
+    <row r="88" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A88" s="1"/>
+      <c r="B88" s="1"/>
+      <c r="C88" s="1"/>
+      <c r="D88" s="1"/>
+      <c r="E88" s="2"/>
+      <c r="F88" s="2"/>
+      <c r="G88" s="2"/>
+      <c r="H88" s="1"/>
+      <c r="I88" s="3"/>
+      <c r="J88" s="4"/>
+      <c r="K88" s="3"/>
+      <c r="L88" s="1"/>
+    </row>
+    <row r="89" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A89" s="1"/>
+      <c r="B89" s="1"/>
+      <c r="C89" s="1"/>
+      <c r="D89" s="1"/>
+      <c r="E89" s="2"/>
+      <c r="F89" s="2"/>
+      <c r="G89" s="2"/>
+      <c r="H89" s="1"/>
+      <c r="I89" s="3"/>
+      <c r="J89" s="4"/>
+      <c r="K89" s="3"/>
+      <c r="L89" s="1"/>
+    </row>
+    <row r="90" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A90" s="1"/>
+      <c r="B90" s="1"/>
+      <c r="C90" s="1"/>
+      <c r="D90" s="1"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="1"/>
+      <c r="I90" s="3"/>
+      <c r="J90" s="4"/>
+      <c r="K90" s="3"/>
+      <c r="L90" s="1"/>
+    </row>
+    <row r="91" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A91" s="1"/>
+      <c r="B91" s="1"/>
+      <c r="C91" s="1"/>
+      <c r="D91" s="1"/>
+      <c r="E91" s="2"/>
+      <c r="F91" s="2"/>
+      <c r="G91" s="2"/>
+      <c r="H91" s="1"/>
+      <c r="I91" s="3"/>
+      <c r="J91" s="4"/>
+      <c r="K91" s="3"/>
+      <c r="L91" s="1"/>
+    </row>
+    <row r="92" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A92" s="1"/>
+      <c r="B92" s="1"/>
+      <c r="C92" s="1"/>
+      <c r="D92" s="1"/>
+      <c r="E92" s="2"/>
+      <c r="F92" s="2"/>
+      <c r="G92" s="2"/>
+      <c r="H92" s="1"/>
+      <c r="I92" s="3"/>
+      <c r="J92" s="4"/>
+      <c r="K92" s="3"/>
+      <c r="L92" s="1"/>
+    </row>
+    <row r="93" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A93" s="1"/>
+      <c r="B93" s="1"/>
+      <c r="C93" s="1"/>
+      <c r="D93" s="1"/>
+      <c r="E93" s="2"/>
+      <c r="F93" s="2"/>
+      <c r="G93" s="2"/>
+      <c r="H93" s="1"/>
+      <c r="I93" s="3"/>
+      <c r="J93" s="4"/>
+      <c r="K93" s="3"/>
+      <c r="L93" s="1"/>
+    </row>
+    <row r="94" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A94" s="1"/>
+      <c r="B94" s="1"/>
+      <c r="C94" s="1"/>
+      <c r="D94" s="1"/>
+      <c r="E94" s="2"/>
+      <c r="F94" s="2"/>
+      <c r="G94" s="2"/>
+      <c r="H94" s="1"/>
+      <c r="I94" s="3"/>
+      <c r="J94" s="4"/>
+      <c r="K94" s="3"/>
+      <c r="L94" s="1"/>
+    </row>
+    <row r="95" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A95" s="1"/>
+      <c r="B95" s="1"/>
+      <c r="C95" s="1"/>
+      <c r="D95" s="1"/>
+      <c r="E95" s="2"/>
+      <c r="F95" s="2"/>
+      <c r="G95" s="2"/>
+      <c r="H95" s="1"/>
+      <c r="I95" s="3"/>
+      <c r="J95" s="4"/>
+      <c r="K95" s="3"/>
+      <c r="L95" s="1"/>
+    </row>
+    <row r="96" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A96" s="1"/>
+      <c r="B96" s="1"/>
+      <c r="C96" s="1"/>
+      <c r="D96" s="1"/>
+      <c r="E96" s="2"/>
+      <c r="F96" s="2"/>
+      <c r="G96" s="2"/>
+      <c r="H96" s="1"/>
+      <c r="I96" s="3"/>
+      <c r="J96" s="4"/>
+      <c r="K96" s="3"/>
+      <c r="L96" s="1"/>
+    </row>
+    <row r="97" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A97" s="1"/>
+      <c r="B97" s="1"/>
+      <c r="C97" s="1"/>
+      <c r="D97" s="1"/>
+      <c r="E97" s="2"/>
+      <c r="F97" s="2"/>
+      <c r="G97" s="2"/>
+      <c r="H97" s="1"/>
+      <c r="I97" s="3"/>
+      <c r="J97" s="4"/>
+      <c r="K97" s="3"/>
+      <c r="L97" s="1"/>
+    </row>
+    <row r="98" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A98" s="1"/>
+      <c r="B98" s="1"/>
+      <c r="C98" s="1"/>
+      <c r="D98" s="1"/>
+      <c r="E98" s="2"/>
+      <c r="F98" s="2"/>
+      <c r="G98" s="2"/>
+      <c r="H98" s="1"/>
+      <c r="I98" s="3"/>
+      <c r="J98" s="4"/>
+      <c r="K98" s="3"/>
+      <c r="L98" s="1"/>
+    </row>
+    <row r="99" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A99" s="1"/>
+      <c r="B99" s="1"/>
+      <c r="C99" s="1"/>
+      <c r="D99" s="1"/>
+      <c r="E99" s="2"/>
+      <c r="F99" s="2"/>
+      <c r="G99" s="2"/>
+      <c r="H99" s="1"/>
+      <c r="I99" s="3"/>
+      <c r="J99" s="4"/>
+      <c r="K99" s="3"/>
+      <c r="L99" s="1"/>
+    </row>
+    <row r="100" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A100" s="1"/>
+      <c r="B100" s="1"/>
+      <c r="C100" s="1"/>
+      <c r="D100" s="1"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="1"/>
+      <c r="I100" s="3"/>
+      <c r="J100" s="4"/>
+      <c r="K100" s="3"/>
+      <c r="L100" s="1"/>
+    </row>
+    <row r="101" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A101" s="1"/>
+      <c r="B101" s="1"/>
+      <c r="C101" s="1"/>
+      <c r="D101" s="1"/>
+      <c r="E101" s="2"/>
+      <c r="F101" s="2"/>
+      <c r="G101" s="2"/>
+      <c r="H101" s="1"/>
+      <c r="I101" s="3"/>
+      <c r="J101" s="4"/>
+      <c r="K101" s="3"/>
+      <c r="L101" s="1"/>
+    </row>
+    <row r="102" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A102" s="1"/>
+      <c r="B102" s="1"/>
+      <c r="C102" s="1"/>
+      <c r="D102" s="1"/>
+      <c r="E102" s="2"/>
+      <c r="F102" s="2"/>
+      <c r="G102" s="2"/>
+      <c r="H102" s="1"/>
+      <c r="I102" s="3"/>
+      <c r="J102" s="4"/>
+      <c r="K102" s="3"/>
+      <c r="L102" s="1"/>
+    </row>
+    <row r="103" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A103" s="1"/>
+      <c r="B103" s="1"/>
+      <c r="C103" s="1"/>
+      <c r="D103" s="1"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
+      <c r="H103" s="1"/>
+      <c r="I103" s="3"/>
+      <c r="J103" s="4"/>
+      <c r="K103" s="3"/>
+      <c r="L103" s="1"/>
+    </row>
+    <row r="104" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A104" s="1"/>
+      <c r="B104" s="1"/>
+      <c r="C104" s="1"/>
+      <c r="D104" s="1"/>
+      <c r="E104" s="2"/>
+      <c r="F104" s="2"/>
+      <c r="G104" s="2"/>
+      <c r="H104" s="1"/>
+      <c r="I104" s="3"/>
+      <c r="J104" s="4"/>
+      <c r="K104" s="3"/>
+      <c r="L104" s="1"/>
+    </row>
+    <row r="105" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A105" s="1"/>
+      <c r="B105" s="1"/>
+      <c r="C105" s="1"/>
+      <c r="D105" s="1"/>
+      <c r="E105" s="2"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2"/>
+      <c r="H105" s="1"/>
+      <c r="I105" s="3"/>
+      <c r="J105" s="4"/>
+      <c r="K105" s="3"/>
+      <c r="L105" s="1"/>
+    </row>
+    <row r="106" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A106" s="1"/>
+      <c r="B106" s="1"/>
+      <c r="C106" s="1"/>
+      <c r="D106" s="1"/>
+      <c r="E106" s="2"/>
+      <c r="F106" s="2"/>
+      <c r="G106" s="2"/>
+      <c r="H106" s="1"/>
+      <c r="I106" s="3"/>
+      <c r="J106" s="4"/>
+      <c r="K106" s="3"/>
+      <c r="L106" s="1"/>
+    </row>
+    <row r="107" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A107" s="1"/>
+      <c r="B107" s="1"/>
+      <c r="C107" s="1"/>
+      <c r="D107" s="1"/>
+      <c r="E107" s="2"/>
+      <c r="F107" s="2"/>
+      <c r="G107" s="2"/>
+      <c r="H107" s="1"/>
+      <c r="I107" s="3"/>
+      <c r="J107" s="4"/>
+      <c r="K107" s="3"/>
+      <c r="L107" s="1"/>
+    </row>
+    <row r="108" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A108" s="1"/>
+      <c r="B108" s="1"/>
+      <c r="C108" s="1"/>
+      <c r="D108" s="1"/>
+      <c r="E108" s="2"/>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2"/>
+      <c r="H108" s="1"/>
+      <c r="I108" s="3"/>
+      <c r="J108" s="4"/>
+      <c r="K108" s="3"/>
+      <c r="L108" s="1"/>
+    </row>
+    <row r="109" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A109" s="1"/>
+      <c r="B109" s="1"/>
+      <c r="C109" s="1"/>
+      <c r="D109" s="1"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="1"/>
+      <c r="I109" s="3"/>
+      <c r="J109" s="4"/>
+      <c r="K109" s="3"/>
+      <c r="L109" s="1"/>
+    </row>
+    <row r="110" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A110" s="1"/>
+      <c r="B110" s="1"/>
+      <c r="C110" s="1"/>
+      <c r="D110" s="1"/>
+      <c r="E110" s="2"/>
+      <c r="F110" s="2"/>
+      <c r="G110" s="2"/>
+      <c r="H110" s="1"/>
+      <c r="I110" s="3"/>
+      <c r="J110" s="4"/>
+      <c r="K110" s="3"/>
+      <c r="L110" s="1"/>
+    </row>
+    <row r="111" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A111" s="1"/>
+      <c r="B111" s="1"/>
+      <c r="C111" s="1"/>
+      <c r="D111" s="1"/>
+      <c r="E111" s="2"/>
+      <c r="F111" s="2"/>
+      <c r="G111" s="2"/>
+      <c r="H111" s="1"/>
+      <c r="I111" s="3"/>
+      <c r="J111" s="4"/>
+      <c r="K111" s="3"/>
+      <c r="L111" s="1"/>
+    </row>
+    <row r="112" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A112" s="1"/>
+      <c r="B112" s="1"/>
+      <c r="C112" s="1"/>
+      <c r="D112" s="1"/>
+      <c r="E112" s="2"/>
+      <c r="F112" s="2"/>
+      <c r="G112" s="2"/>
+      <c r="H112" s="1"/>
+      <c r="I112" s="3"/>
+      <c r="J112" s="4"/>
+      <c r="K112" s="3"/>
+      <c r="L112" s="1"/>
+    </row>
+    <row r="113" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A113" s="1"/>
+      <c r="B113" s="1"/>
+      <c r="C113" s="1"/>
+      <c r="D113" s="1"/>
+      <c r="E113" s="2"/>
+      <c r="F113" s="2"/>
+      <c r="G113" s="2"/>
+      <c r="H113" s="1"/>
+      <c r="I113" s="3"/>
+      <c r="J113" s="4"/>
+      <c r="K113" s="3"/>
+      <c r="L113" s="1"/>
+    </row>
+    <row r="114" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A114" s="1"/>
+      <c r="B114" s="1"/>
+      <c r="C114" s="1"/>
+      <c r="D114" s="1"/>
+      <c r="E114" s="2"/>
+      <c r="F114" s="2"/>
+      <c r="G114" s="2"/>
+      <c r="H114" s="1"/>
+      <c r="I114" s="3"/>
+      <c r="J114" s="4"/>
+      <c r="K114" s="3"/>
+      <c r="L114" s="1"/>
+    </row>
+    <row r="115" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A115" s="1"/>
+      <c r="B115" s="1"/>
+      <c r="C115" s="1"/>
+      <c r="D115" s="1"/>
+      <c r="E115" s="2"/>
+      <c r="F115" s="2"/>
+      <c r="G115" s="2"/>
+      <c r="H115" s="1"/>
+      <c r="I115" s="3"/>
+      <c r="J115" s="4"/>
+      <c r="K115" s="3"/>
+      <c r="L115" s="1"/>
+    </row>
+    <row r="116" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A116" s="1"/>
+      <c r="B116" s="1"/>
+      <c r="C116" s="1"/>
+      <c r="D116" s="1"/>
+      <c r="E116" s="2"/>
+      <c r="F116" s="2"/>
+      <c r="G116" s="2"/>
+      <c r="H116" s="1"/>
+      <c r="I116" s="3"/>
+      <c r="J116" s="4"/>
+      <c r="K116" s="3"/>
+      <c r="L116" s="1"/>
+    </row>
+    <row r="117" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A117" s="1"/>
+      <c r="B117" s="1"/>
+      <c r="C117" s="1"/>
+      <c r="D117" s="1"/>
+      <c r="E117" s="2"/>
+      <c r="F117" s="2"/>
+      <c r="G117" s="2"/>
+      <c r="H117" s="1"/>
+      <c r="I117" s="3"/>
+      <c r="J117" s="4"/>
+      <c r="K117" s="3"/>
+      <c r="L117" s="1"/>
+    </row>
+    <row r="118" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="L118" s="1"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ntjG1YOuN3yB2XoYgRJ/UCOIntJP7+k4kThJqHYYBB+Q8OKpsbV8sgbOZcYE93jV8kshGdKcT/0o4yB94XxZlg==" saltValue="s+iMGWAAnoOUCK7TY0B6Fg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...1 lines deleted...]
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <protectedRanges>
+    <protectedRange sqref="C55 E55 G55 K55" name="Rango3"/>
+    <protectedRange sqref="A5:A6 I6 A8:A10 I8:I10" name="Rango1"/>
+    <protectedRange sqref="E35 E33" name="Rango2"/>
+    <protectedRange sqref="A7 I7" name="Rango1_1"/>
+    <protectedRange sqref="E19 E21 E17 E23 E25:E26" name="Rango2_1"/>
+    <protectedRange sqref="E44" name="Rango2_2"/>
+  </protectedRanges>
+  <mergeCells count="19">
+    <mergeCell ref="A1:K1"/>
+    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="B7:H7"/>
+    <mergeCell ref="J7:K7"/>
+    <mergeCell ref="F27:J28"/>
+    <mergeCell ref="B10:K10"/>
+    <mergeCell ref="B11:K11"/>
+    <mergeCell ref="B4:K4"/>
+    <mergeCell ref="B5:K5"/>
+    <mergeCell ref="B12:K12"/>
+    <mergeCell ref="B6:K6"/>
+    <mergeCell ref="B8:K8"/>
+    <mergeCell ref="B9:K9"/>
+    <mergeCell ref="G55:I55"/>
+    <mergeCell ref="E51:J52"/>
+    <mergeCell ref="F47:J48"/>
+    <mergeCell ref="F38:J39"/>
+    <mergeCell ref="B43:C43"/>
+    <mergeCell ref="B44:C44"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1" verticalCentered="1"/>
+  <pageMargins left="0" right="0" top="0.19685039370078741" bottom="0.19685039370078741" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Hoja1</vt:lpstr>
+      <vt:lpstr>Hoja1!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministerio de Defensa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>GONZALEZ FRANCO JULIO</dc:creator>
+  <dc:creator>BLAZQUEZ DIAZ ALBERTO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>